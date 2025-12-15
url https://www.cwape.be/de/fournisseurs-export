--- v0 (2025-12-05)
+++ v1 (2025-12-15)
@@ -378,51 +378,51 @@
   <si>
     <t>philippe.demazy@uclouvain.be</t>
   </si>
   <si>
     <t>http://www.uclmontgodinne.be/</t>
   </si>
   <si>
     <t>+32 (0)81 42 20 70</t>
   </si>
   <si>
     <t>COCITER SCRL</t>
   </si>
   <si>
     <t>Grand'Rue 4</t>
   </si>
   <si>
     <t>LEUZE-EN-HAINAUT</t>
   </si>
   <si>
     <t>info@cociter.be</t>
   </si>
   <si>
     <t>http://www.cociter.be/</t>
   </si>
   <si>
-    <t>+32 (0)69 66 38 58</t>
+    <t>+32 (0)80 68 57 38</t>
   </si>
   <si>
     <t>CODEL SRL</t>
   </si>
   <si>
     <t>Boulevard Émile de Laveleye 191</t>
   </si>
   <si>
     <t>LIEGE</t>
   </si>
   <si>
     <t>contact@codel.be</t>
   </si>
   <si>
     <t>https://www.codel.be/fr/</t>
   </si>
   <si>
     <t>+32 (0)4 246 69 41</t>
   </si>
   <si>
     <t>DANSKE COMMODITIES A/S</t>
   </si>
   <si>
     <t>Vaerkmestergade 3</t>
   </si>