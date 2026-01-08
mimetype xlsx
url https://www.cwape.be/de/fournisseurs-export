--- v1 (2025-12-15)
+++ v2 (2026-01-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Liste der Lieferanten" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="419">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="415">
   <si>
     <t>Société</t>
   </si>
   <si>
     <t>Marque</t>
   </si>
   <si>
     <t>Énergie fournie</t>
   </si>
   <si>
     <t>Résidentiel</t>
   </si>
   <si>
     <t>Addresse</t>
   </si>
   <si>
     <t>Code Postal</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Pays</t>
   </si>
   <si>
@@ -1012,62 +1012,50 @@
     <t>Clos Lucien Outers 11</t>
   </si>
   <si>
     <t>AUDERGHEM</t>
   </si>
   <si>
     <t>info@skysun.be</t>
   </si>
   <si>
     <t>https://skysun.be/</t>
   </si>
   <si>
     <t>+32 (0)483 11 25 97</t>
   </si>
   <si>
     <t>SKYSUN 2 SRL</t>
   </si>
   <si>
     <t>Rue de la Forge 10A</t>
   </si>
   <si>
     <t>BOUSVAL</t>
   </si>
   <si>
     <t>https://www.skysun.be</t>
-  </si>
-[...10 lines deleted...]
-    <t>+32 (0)2 319 16 60</t>
   </si>
   <si>
     <t>SOCIETE EUROPENNE DE GESTION DE L'ENERGIE SA (SEGE)</t>
   </si>
   <si>
     <t>avenue du Bourget 44</t>
   </si>
   <si>
     <t>SOLAR ROOF BE SA</t>
   </si>
   <si>
     <t>De Lange Beemden 14.1</t>
   </si>
   <si>
     <t>HEUSDEN-ZOLDER</t>
   </si>
   <si>
     <t>info@weertsgroup.com</t>
   </si>
   <si>
     <t>https://www.weerts-group.com/en#contact</t>
   </si>
   <si>
     <t>+32 (0)4 381 92 60</t>
   </si>
@@ -1617,51 +1605,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L76"/>
+  <dimension ref="A1:L75"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="98.976" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="87.122" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="41.133" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" t="s">
         <v>0</v>
       </c>
@@ -3547,576 +3535,544 @@
         <v>1470</v>
       </c>
       <c r="G59" t="s">
         <v>331</v>
       </c>
       <c r="H59" t="s">
         <v>16</v>
       </c>
       <c r="I59" t="s">
         <v>326</v>
       </c>
       <c r="J59"/>
       <c r="K59" t="s">
         <v>332</v>
       </c>
       <c r="L59" t="s">
         <v>328</v>
       </c>
     </row>
     <row r="60" spans="1:12">
       <c r="A60" t="s">
         <v>333</v>
       </c>
       <c r="B60"/>
       <c r="C60" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="D60"/>
       <c r="E60" t="s">
         <v>334</v>
       </c>
       <c r="F60">
-        <v>1470</v>
+        <v>1130</v>
       </c>
       <c r="G60" t="s">
-        <v>331</v>
+        <v>58</v>
       </c>
       <c r="H60" t="s">
         <v>16</v>
       </c>
       <c r="I60"/>
-      <c r="J60" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="J60"/>
+      <c r="K60"/>
       <c r="L60" t="s">
-        <v>336</v>
+        <v>73</v>
       </c>
     </row>
     <row r="61" spans="1:12">
       <c r="A61" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="B61"/>
       <c r="C61" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="D61"/>
       <c r="E61" t="s">
+        <v>336</v>
+      </c>
+      <c r="F61">
+        <v>3550</v>
+      </c>
+      <c r="G61" t="s">
+        <v>337</v>
+      </c>
+      <c r="H61" t="s">
+        <v>16</v>
+      </c>
+      <c r="I61" t="s">
         <v>338</v>
       </c>
-      <c r="F61">
-[...8 lines deleted...]
-      <c r="I61"/>
       <c r="J61"/>
-      <c r="K61"/>
+      <c r="K61" t="s">
+        <v>339</v>
+      </c>
       <c r="L61" t="s">
-        <v>73</v>
+        <v>340</v>
       </c>
     </row>
     <row r="62" spans="1:12">
       <c r="A62" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="B62"/>
       <c r="C62" t="s">
         <v>13</v>
       </c>
-      <c r="D62"/>
+      <c r="D62" t="s">
+        <v>50</v>
+      </c>
       <c r="E62" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="F62">
-        <v>3550</v>
+        <v>1090</v>
       </c>
       <c r="G62" t="s">
-        <v>341</v>
+        <v>58</v>
       </c>
       <c r="H62" t="s">
         <v>16</v>
       </c>
       <c r="I62" t="s">
-        <v>342</v>
-[...1 lines deleted...]
-      <c r="J62"/>
+        <v>177</v>
+      </c>
+      <c r="J62" t="s">
+        <v>343</v>
+      </c>
       <c r="K62" t="s">
-        <v>343</v>
+        <v>178</v>
       </c>
       <c r="L62" t="s">
         <v>344</v>
       </c>
     </row>
     <row r="63" spans="1:12">
       <c r="A63" t="s">
         <v>345</v>
       </c>
       <c r="B63"/>
       <c r="C63" t="s">
         <v>13</v>
       </c>
-      <c r="D63" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D63"/>
       <c r="E63" t="s">
         <v>346</v>
       </c>
       <c r="F63">
-        <v>1090</v>
+        <v>4537</v>
       </c>
       <c r="G63" t="s">
-        <v>58</v>
+        <v>347</v>
       </c>
       <c r="H63" t="s">
         <v>16</v>
       </c>
       <c r="I63" t="s">
-        <v>177</v>
-[...3 lines deleted...]
-      </c>
+        <v>348</v>
+      </c>
+      <c r="J63"/>
       <c r="K63" t="s">
-        <v>178</v>
+        <v>349</v>
       </c>
       <c r="L63" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
     </row>
     <row r="64" spans="1:12">
       <c r="A64" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="B64"/>
       <c r="C64" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="D64"/>
       <c r="E64" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="F64">
-        <v>4537</v>
+        <v>75015</v>
       </c>
       <c r="G64" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="H64" t="s">
-        <v>16</v>
+        <v>354</v>
       </c>
       <c r="I64" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="J64"/>
       <c r="K64" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="L64" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
     </row>
     <row r="65" spans="1:12">
       <c r="A65" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B65"/>
       <c r="C65" t="s">
         <v>41</v>
       </c>
       <c r="D65"/>
-      <c r="E65" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="E65"/>
+      <c r="F65"/>
+      <c r="G65"/>
+      <c r="H65"/>
+      <c r="I65"/>
       <c r="J65"/>
-      <c r="K65" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K65"/>
       <c r="L65" t="s">
-        <v>361</v>
+        <v>73</v>
       </c>
     </row>
     <row r="66" spans="1:12">
       <c r="A66" t="s">
-        <v>362</v>
+        <v>359</v>
       </c>
       <c r="B66"/>
       <c r="C66" t="s">
         <v>41</v>
       </c>
-      <c r="D66"/>
-[...4 lines deleted...]
-      <c r="I66"/>
+      <c r="D66" t="s">
+        <v>50</v>
+      </c>
+      <c r="E66" t="s">
+        <v>360</v>
+      </c>
+      <c r="F66">
+        <v>4000</v>
+      </c>
+      <c r="G66" t="s">
+        <v>124</v>
+      </c>
+      <c r="H66" t="s">
+        <v>16</v>
+      </c>
+      <c r="I66" t="s">
+        <v>361</v>
+      </c>
       <c r="J66"/>
-      <c r="K66"/>
+      <c r="K66" t="s">
+        <v>362</v>
+      </c>
       <c r="L66" t="s">
-        <v>73</v>
+        <v>363</v>
       </c>
     </row>
     <row r="67" spans="1:12">
       <c r="A67" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B67"/>
       <c r="C67" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="D67"/>
       <c r="E67" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="F67">
         <v>4000</v>
       </c>
       <c r="G67" t="s">
-        <v>124</v>
+        <v>238</v>
       </c>
       <c r="H67" t="s">
         <v>16</v>
       </c>
       <c r="I67" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="J67"/>
       <c r="K67" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="L67" t="s">
-        <v>367</v>
+        <v>73</v>
       </c>
     </row>
     <row r="68" spans="1:12">
       <c r="A68" t="s">
         <v>368</v>
       </c>
       <c r="B68"/>
       <c r="C68" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="D68"/>
       <c r="E68" t="s">
         <v>369</v>
       </c>
       <c r="F68">
-        <v>4000</v>
+        <v>9050</v>
       </c>
       <c r="G68" t="s">
-        <v>238</v>
+        <v>370</v>
       </c>
       <c r="H68" t="s">
         <v>16</v>
       </c>
       <c r="I68" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="J68"/>
       <c r="K68" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="L68" t="s">
-        <v>73</v>
+        <v>373</v>
       </c>
     </row>
     <row r="69" spans="1:12">
       <c r="A69" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="B69"/>
       <c r="C69" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="D69"/>
       <c r="E69" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="F69">
-        <v>9050</v>
+        <v>4000</v>
       </c>
       <c r="G69" t="s">
-        <v>374</v>
+        <v>238</v>
       </c>
       <c r="H69" t="s">
         <v>16</v>
       </c>
       <c r="I69" t="s">
-        <v>375</v>
-[...1 lines deleted...]
-      <c r="J69"/>
+        <v>376</v>
+      </c>
+      <c r="J69" t="s">
+        <v>377</v>
+      </c>
       <c r="K69" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="L69" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
     </row>
     <row r="70" spans="1:12">
       <c r="A70" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="B70"/>
       <c r="C70" t="s">
-        <v>13</v>
+        <v>81</v>
       </c>
       <c r="D70"/>
       <c r="E70" t="s">
-        <v>379</v>
-[...2 lines deleted...]
-        <v>4000</v>
+        <v>381</v>
+      </c>
+      <c r="F70" t="s">
+        <v>382</v>
       </c>
       <c r="G70" t="s">
-        <v>238</v>
+        <v>383</v>
       </c>
       <c r="H70" t="s">
-        <v>16</v>
+        <v>384</v>
       </c>
       <c r="I70" t="s">
-        <v>380</v>
-[...3 lines deleted...]
-      </c>
+        <v>385</v>
+      </c>
+      <c r="J70"/>
       <c r="K70" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="L70" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
     </row>
     <row r="71" spans="1:12">
       <c r="A71" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="B71"/>
       <c r="C71" t="s">
-        <v>81</v>
+        <v>13</v>
       </c>
       <c r="D71"/>
       <c r="E71" t="s">
-        <v>385</v>
-[...2 lines deleted...]
-        <v>386</v>
+        <v>389</v>
+      </c>
+      <c r="F71">
+        <v>7500</v>
       </c>
       <c r="G71" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="H71" t="s">
-        <v>388</v>
+        <v>16</v>
       </c>
       <c r="I71" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="J71"/>
       <c r="K71" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="L71" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
     </row>
     <row r="72" spans="1:12">
       <c r="A72" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="B72"/>
       <c r="C72" t="s">
         <v>13</v>
       </c>
       <c r="D72"/>
       <c r="E72" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="F72">
-        <v>7500</v>
+        <v>5560</v>
       </c>
       <c r="G72" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="H72" t="s">
         <v>16</v>
       </c>
       <c r="I72" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="J72"/>
       <c r="K72" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="L72" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
     </row>
     <row r="73" spans="1:12">
       <c r="A73" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="B73"/>
       <c r="C73" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="D73"/>
       <c r="E73" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="F73">
-        <v>5560</v>
+        <v>1000</v>
       </c>
       <c r="G73" t="s">
-        <v>400</v>
+        <v>58</v>
       </c>
       <c r="H73" t="s">
         <v>16</v>
       </c>
       <c r="I73" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="J73"/>
       <c r="K73" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="L73" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
     </row>
     <row r="74" spans="1:12">
       <c r="A74" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B74"/>
       <c r="C74" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="D74"/>
       <c r="E74" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="F74">
-        <v>1000</v>
+        <v>3700</v>
       </c>
       <c r="G74" t="s">
-        <v>58</v>
+        <v>407</v>
       </c>
       <c r="H74" t="s">
         <v>16</v>
       </c>
-      <c r="I74" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I74"/>
       <c r="J74"/>
       <c r="K74" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="L74" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
     </row>
     <row r="75" spans="1:12">
       <c r="A75" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B75"/>
       <c r="C75" t="s">
         <v>13</v>
       </c>
       <c r="D75"/>
       <c r="E75" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="F75">
-        <v>3700</v>
+        <v>8790</v>
       </c>
       <c r="G75" t="s">
-        <v>411</v>
+        <v>152</v>
       </c>
       <c r="H75" t="s">
         <v>16</v>
       </c>
-      <c r="I75"/>
+      <c r="I75" t="s">
+        <v>412</v>
+      </c>
       <c r="J75"/>
       <c r="K75" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="L75" t="s">
-        <v>413</v>
-[...3 lines deleted...]
-      <c r="A76" t="s">
         <v>414</v>
-      </c>
-[...25 lines deleted...]
-        <v>418</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">