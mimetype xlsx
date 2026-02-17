--- v2 (2026-01-08)
+++ v3 (2026-02-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Liste der Lieferanten" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="415">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="417">
   <si>
     <t>Société</t>
   </si>
   <si>
     <t>Marque</t>
   </si>
   <si>
     <t>Énergie fournie</t>
   </si>
   <si>
     <t>Résidentiel</t>
   </si>
   <si>
     <t>Addresse</t>
   </si>
   <si>
     <t>Code Postal</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Pays</t>
   </si>
   <si>
@@ -141,258 +141,252 @@
   <si>
     <t>(AYA)</t>
   </si>
   <si>
     <t>Sint Michielswarande 30b</t>
   </si>
   <si>
     <t>ETTERBEEK</t>
   </si>
   <si>
     <t>hello@aya.energy</t>
   </si>
   <si>
     <t>https://www.aya.energy/fr_BE</t>
   </si>
   <si>
     <t>+32 (0)53 41 66 66</t>
   </si>
   <si>
     <t>ARCELORMITTAL ENERGY  SCA</t>
   </si>
   <si>
     <t>Elec, Gaz</t>
   </si>
   <si>
-    <t>boulevard d'Avranches 24-26</t>
-[...2 lines deleted...]
-    <t>LU 1160</t>
+    <t>Boulevard d'Avranches 24-26</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>Luxemburg</t>
   </si>
   <si>
     <t>luis.de-miguel@arcelormittal.com</t>
   </si>
   <si>
     <t>http://corporate.arcelormittal.com/</t>
   </si>
   <si>
     <t>+352 (0)4792 2484</t>
   </si>
   <si>
     <t>ASPIRAVI ENERGY NV</t>
   </si>
   <si>
     <t>✔</t>
   </si>
   <si>
-    <t>Vaarnewijkstraat 17</t>
-[...2 lines deleted...]
-    <t>HARELBEKE</t>
+    <t>President Kennedypark 8A</t>
+  </si>
+  <si>
+    <t>COURTRAI</t>
   </si>
   <si>
     <t>info@aspiravi.com</t>
   </si>
   <si>
     <t>https://www.aspiravi.com/fr/contact/</t>
   </si>
   <si>
     <t>+32 (0)56 70 27 36</t>
   </si>
   <si>
     <t>AXPO BENELUX SA</t>
   </si>
   <si>
-    <t>avenue Louise 480 - 14e étage</t>
+    <t>Avenue Louise 480 - 14e étage</t>
   </si>
   <si>
     <t>BRUXELLES</t>
   </si>
   <si>
     <t>info.frbelu@axpo.com</t>
   </si>
   <si>
     <t>https://www.axpo.com/axpo/global/en/home.html</t>
   </si>
   <si>
     <t>+32 (0)2 627 49 50</t>
   </si>
   <si>
     <t>BELGIAN ECO ENERGY SA (BEE)</t>
   </si>
   <si>
     <t>Bedrijvenlaan 1</t>
   </si>
   <si>
     <t>MECHELEN</t>
   </si>
   <si>
     <t>info@bee.eu</t>
   </si>
   <si>
     <t>http://bee.eu/</t>
   </si>
   <si>
     <t>+32 (0)15 28 13 50</t>
   </si>
   <si>
     <t>BERTEMES SA</t>
   </si>
   <si>
-    <t>rue des Épicéas 6</t>
+    <t>Rue des Épicéas 6</t>
   </si>
   <si>
     <t>VIELSALM</t>
   </si>
   <si>
     <t>info@ibv-cie.be</t>
   </si>
   <si>
     <t>https://www.wood-energy.group</t>
   </si>
   <si>
     <t>Pas d'offre commerciale disponible</t>
   </si>
   <si>
     <t>BESIX POWER SA</t>
   </si>
   <si>
     <t>Rue de la Plaine 21</t>
   </si>
   <si>
     <t>MARCHE-EN-FAMENNE</t>
   </si>
   <si>
     <t>pauline.dijon@besix.com</t>
   </si>
   <si>
     <t>http://www.besix.com</t>
   </si>
   <si>
     <t>+32 (0)2 402 62 11</t>
   </si>
   <si>
     <t>BIOGAZ DU HAUT-GEER SCRL</t>
   </si>
   <si>
     <t>Gaz</t>
   </si>
   <si>
-    <t>rue du Pont Darion 18</t>
+    <t>Rue du Pont Darion 18</t>
   </si>
   <si>
     <t>GEER</t>
   </si>
   <si>
     <t>g.deseny@scbhg.be</t>
   </si>
   <si>
     <t>BIOWANZE SA</t>
   </si>
   <si>
-    <t>rue Léon Charlier 11</t>
+    <t>Rue Léon Charlier 11</t>
   </si>
   <si>
     <t>WANZE</t>
   </si>
   <si>
     <t>guillaume.poncelet@biowanze.be</t>
   </si>
   <si>
     <t>http://www.biowanze.be/fr/Start/</t>
   </si>
   <si>
     <t>+32 (0)85 410 511</t>
   </si>
   <si>
     <t>BOLT ENERGIE BV</t>
   </si>
   <si>
     <t>Avenue Saint Lazare 4-10</t>
   </si>
   <si>
     <t>SINT-JOOST-TEN-NOODE</t>
   </si>
   <si>
     <t>info@boltenergie.be</t>
   </si>
   <si>
     <t>https://www.boltenergie.be/fr</t>
   </si>
   <si>
     <t>+32 (0)2 899 33 00</t>
   </si>
   <si>
     <t>BURGO ENERGIA SRL</t>
   </si>
   <si>
-    <t>via Piave 1</t>
-[...2 lines deleted...]
-    <t>IT-36077</t>
+    <t>Via Piave 1</t>
   </si>
   <si>
     <t>ALTAVILLA VICENTINA</t>
   </si>
   <si>
     <t>Italien</t>
   </si>
   <si>
     <t>operation.gas@burgoenergia.com</t>
   </si>
   <si>
     <t>http://www.burgoenergia.com/</t>
   </si>
   <si>
     <t>+39 (0)11 22 333 22</t>
   </si>
   <si>
     <t>CALCAIRES AGRI ENERGIE SRL</t>
   </si>
   <si>
     <t>Avenue des Dessus de Lives 2</t>
   </si>
   <si>
     <t>NAMUR</t>
   </si>
   <si>
     <t>gregoire@etherenergy.net</t>
   </si>
   <si>
     <t>+32 (0)470 60 36 93</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER UNIVERSITAIRE DINANT GODINNE SAINTE-ELISABETH - UCL - NAMUR ASBL</t>
   </si>
   <si>
-    <t>avenue G. Therasse 1</t>
+    <t>Avenue G. Therasse 1</t>
   </si>
   <si>
     <t>YVOIR</t>
   </si>
   <si>
     <t>philippe.demazy@uclouvain.be</t>
   </si>
   <si>
     <t>http://www.uclmontgodinne.be/</t>
   </si>
   <si>
     <t>+32 (0)81 42 20 70</t>
   </si>
   <si>
     <t>COCITER SCRL</t>
   </si>
   <si>
     <t>Grand'Rue 4</t>
   </si>
   <si>
     <t>LEUZE-EN-HAINAUT</t>
   </si>
   <si>
     <t>info@cociter.be</t>
   </si>
@@ -513,159 +507,156 @@
   <si>
     <t>https://eneco.be/fr/formulaires/contact</t>
   </si>
   <si>
     <t>http://eneco.be/fr</t>
   </si>
   <si>
     <t>+32 (0)10 20 80 00</t>
   </si>
   <si>
     <t>ENERDEAL SOLAR INVEST II SA</t>
   </si>
   <si>
     <t>Avenue Louise 523</t>
   </si>
   <si>
     <t>ESI2@enerdeal.com</t>
   </si>
   <si>
     <t>https://www.enerdeal.com/fr-be</t>
   </si>
   <si>
     <t>+32 (0)2 416 20 50</t>
   </si>
   <si>
-    <t>ENERGIE.BE SA (ancien ESSENT BELGIUM SA)</t>
+    <t>ENERGIE.BE SA</t>
   </si>
   <si>
     <t>Boulevard du Roi Albert II 7</t>
   </si>
   <si>
     <t>SAINT-JOSSE-TEN-NOODE</t>
   </si>
   <si>
     <t>bart@energie.be</t>
   </si>
   <si>
     <t>https://www.energie.be/nl/home</t>
   </si>
   <si>
     <t>ENERGY CLUSTER SA</t>
   </si>
   <si>
-    <t>quai Fernand Demets 52</t>
+    <t>Quai Fernand Demets 52</t>
   </si>
   <si>
     <t>info@energycluster.be</t>
   </si>
   <si>
     <t>ENERGYVISION SA</t>
   </si>
   <si>
     <t>Bijenstraat 28</t>
   </si>
   <si>
     <t>GENT</t>
   </si>
   <si>
     <t>info@energyvision.be</t>
   </si>
   <si>
     <t>https://www.energyvision.be/fr-be</t>
   </si>
   <si>
     <t>ENGIE - ELECTRABEL SA</t>
   </si>
   <si>
-    <t>boulevard Simon Bolivar 36</t>
+    <t>Boulevard Simon Bolivar 36</t>
   </si>
   <si>
     <t>https://www.engie-electrabel.be/fr/particulier/contact/nouvelle-question-plainte</t>
   </si>
   <si>
     <t>https://www.engie-electrabel.be/</t>
   </si>
   <si>
     <t>+32 (0)78 35 33 33</t>
   </si>
   <si>
     <t>ENGIE SUN4BUSINESS SA</t>
   </si>
   <si>
-    <t>Boulevard Simon Bolivar 36</t>
-[...1 lines deleted...]
-  <si>
     <t>Operations@sun4business.com</t>
   </si>
   <si>
     <t>+32 (0)2 315 39 06</t>
   </si>
   <si>
     <t>ENI SpA</t>
   </si>
   <si>
-    <t>rue Guimard 1A</t>
+    <t>Rue Guimard 1A</t>
   </si>
   <si>
     <t>customer.support@be.eni.com</t>
   </si>
   <si>
     <t>https://energy4business.eni.com/</t>
   </si>
   <si>
     <t>+32 (0)2 557 30 01</t>
   </si>
   <si>
-    <t>ENWYSE NV</t>
-[...2 lines deleted...]
-    <t>Diamantstraat 8 bus 263</t>
+    <t>ENWYSE BELGIUM BV</t>
+  </si>
+  <si>
+    <t>Herenthoutseweg 236</t>
   </si>
   <si>
     <t>HERENTALS</t>
   </si>
   <si>
     <t>klantenservice@enwyse.be</t>
   </si>
   <si>
     <t>https://enwyse.be/</t>
   </si>
   <si>
     <t>EOLY SA</t>
   </si>
   <si>
     <t>https://b2b.eoly.be/fr/webform/contacter-eoly</t>
   </si>
   <si>
     <t>https://www.eoly.be/language.html</t>
   </si>
   <si>
     <t>EQUINOR ASA</t>
   </si>
   <si>
-    <t>avenue de Cortenbergh 120</t>
+    <t>Avenue de Cortenbergh 120</t>
   </si>
   <si>
     <t>yvs@equinor.com</t>
   </si>
   <si>
     <t>https://www.equinor.com/</t>
   </si>
   <si>
     <t>FAIRWIND SA</t>
   </si>
   <si>
     <t>Avenue du Spirou 32</t>
   </si>
   <si>
     <t>FLEURUS</t>
   </si>
   <si>
     <t>info@fairwind.be</t>
   </si>
   <si>
     <t>https://fairwind.be/contact/</t>
   </si>
   <si>
     <t>https://fairwind.be/</t>
   </si>
@@ -702,255 +693,273 @@
   <si>
     <t>HANNOVER</t>
   </si>
   <si>
     <t>Deutschland</t>
   </si>
   <si>
     <t>info@getec-energie.de</t>
   </si>
   <si>
     <t>http://www.getec-energie.de/</t>
   </si>
   <si>
     <t>+49 (0)511 51949-100</t>
   </si>
   <si>
     <t>GREEN BELGIAN ENVIRONMENTAL SOLUTIONS SRL (GBES)</t>
   </si>
   <si>
     <t>Rue Colonel Bourg 127</t>
   </si>
   <si>
     <t>EVERE</t>
   </si>
   <si>
+    <t>info@go4green.be</t>
+  </si>
+  <si>
     <t>http://www.veolia.be/nl/contact/contacteer-ons</t>
   </si>
   <si>
     <t>https://www.veolia.be/fr</t>
   </si>
   <si>
-    <t>+ 32 (0)2 525 10 11</t>
+    <t>+ 32 (0)2 609 87 27</t>
   </si>
   <si>
     <t>GREEN ENERGY SOLUTIONS INVEST SRL (GES)</t>
   </si>
   <si>
     <t>Avenue Louise 240 boite 14</t>
   </si>
   <si>
     <t>info@helexia.be</t>
   </si>
   <si>
     <t>https://helexia.be/fr</t>
   </si>
   <si>
     <t>GREEN FOR POWER SA (HELIOS)</t>
   </si>
   <si>
     <t>Rue Maurice Destenay 13/2</t>
   </si>
   <si>
     <t>LIÈGE</t>
   </si>
   <si>
     <t>GREEN4POWER SA</t>
   </si>
   <si>
     <t>Rue des Guillemins 139</t>
   </si>
   <si>
     <t>info@green4power.be</t>
   </si>
   <si>
     <t>+ 32 (0)2 880 88 97</t>
   </si>
   <si>
+    <t>ILE SOLAIRE DU PERLONJOUR SRL</t>
+  </si>
+  <si>
+    <t>Avenue Maurice Destenay 13 bte 2</t>
+  </si>
+  <si>
+    <t>jean-benoit.sepulchre@perpetum.be</t>
+  </si>
+  <si>
+    <t>https://www.perpetumenergy.com/</t>
+  </si>
+  <si>
+    <t>+32 (0)9 245 77 81</t>
+  </si>
+  <si>
     <t>KESSLER SCRL</t>
   </si>
   <si>
     <t>Ferme du Faascht 131</t>
   </si>
   <si>
     <t>GRENDEL</t>
   </si>
   <si>
     <t>info@fermedufaascht.be</t>
   </si>
   <si>
     <t>https://www.fermedufaascht.be</t>
   </si>
   <si>
     <t>+32 (0)22 56 58</t>
   </si>
   <si>
     <t>L'ORÉAL LIBRAMONT SA</t>
   </si>
   <si>
     <t>Route de Saint-Hubert 1</t>
   </si>
   <si>
     <t>RECOGNE</t>
   </si>
   <si>
     <t>jeremy.buan@Loreal.com</t>
   </si>
   <si>
     <t>+32 (0)470 99 34 65</t>
   </si>
   <si>
     <t>LIBRAMONT ENERGIES VERTES SA</t>
   </si>
   <si>
-    <t>rue de Tibétème 130</t>
+    <t>Rue de Tibétème 130</t>
   </si>
   <si>
     <t>LIBRAMONT</t>
   </si>
   <si>
     <t>info@verdesis.com</t>
   </si>
   <si>
     <t>+32 (0)10 43 46 50</t>
   </si>
   <si>
     <t>LUMINUS SA</t>
   </si>
   <si>
-    <t>boulevard Roi Albert II, 7</t>
+    <t>Boulevard Roi Albert II, 7</t>
   </si>
   <si>
     <t>info@luminus.be</t>
   </si>
   <si>
     <t>http://www.luminus.be/</t>
   </si>
   <si>
     <t>+32 (0)78 155 100</t>
   </si>
   <si>
     <t>MESSANCY BIOMETHA SRL</t>
   </si>
   <si>
     <t>Route de Longwy 596</t>
   </si>
   <si>
     <t>ARLON</t>
   </si>
   <si>
     <t>steven@luxembourg.valk.com</t>
   </si>
   <si>
     <t>+32 (0)488 88 87 77</t>
   </si>
   <si>
     <t>MONT-GODINNE GREEN ENERGY SA</t>
   </si>
   <si>
-    <t>avenue Jean Monnet 1</t>
+    <t>Avenue Jean Monnet 1</t>
   </si>
   <si>
     <t>LOUVAIN-LA-NEUVE</t>
   </si>
   <si>
     <t>info@xylowatt.com</t>
   </si>
   <si>
     <t>http://www.xylowatt.com/</t>
   </si>
   <si>
     <t>+32 (0)71 60 68 00</t>
   </si>
   <si>
     <t>MYPOWER SA (MYDIBEL)</t>
   </si>
   <si>
-    <t>boulevard de l'Eurozone 1</t>
+    <t>Boulevard de l'Eurozone 1</t>
   </si>
   <si>
     <t>MOUSCRON</t>
   </si>
   <si>
     <t>philippe.coolsaet@mydibel.be</t>
   </si>
   <si>
     <t>https://www.mydibel.be/fr/contact/mypower</t>
   </si>
   <si>
     <t>NEXT KRAFTWERKE GmbH</t>
   </si>
   <si>
     <t>Lichtstrasse 43 g</t>
   </si>
   <si>
     <t>KÖLN</t>
   </si>
   <si>
     <t>info@next-kraftwerke.be</t>
   </si>
   <si>
     <t>https://www.next-kraftwerke.com/</t>
   </si>
   <si>
     <t>OCTA+ ENERGIE SA</t>
   </si>
   <si>
     <t>Avenue Général Empain 21</t>
   </si>
   <si>
     <t>WOLUWE-SAINT-PIERRE</t>
   </si>
   <si>
     <t>https://www.octaplus.be/fr/particuliers/contact</t>
   </si>
   <si>
     <t>https://www.octaplus.be/fr/</t>
   </si>
   <si>
     <t>+32 (0)2 851 02 52</t>
   </si>
   <si>
     <t>OMV GAS MARKETING &amp; TRADING BELGIUM SPRL</t>
   </si>
   <si>
-    <t>avenue de Cortenbergh 52</t>
+    <t>Avenue de Cortenbergh 52</t>
   </si>
   <si>
     <t>omv-gas-sales.be@omv.com</t>
   </si>
   <si>
     <t>http://www.omv-gas.com/</t>
   </si>
   <si>
     <t>+32 (0)478 93 85 15</t>
   </si>
   <si>
     <t>POWER ONLINE SA (MEGA)</t>
   </si>
   <si>
-    <t>rue Natalis 2</t>
+    <t>Rue Natalis 2</t>
   </si>
   <si>
     <t>info@mega.be</t>
   </si>
   <si>
     <t>http://www.mega.be/</t>
   </si>
   <si>
     <t>+32 (0)4 268 20 00</t>
   </si>
   <si>
     <t>RABOTAGE ET SECHAGE DU BOIS SA (RSB)</t>
   </si>
   <si>
     <t>Chaussée de Liège 160 B</t>
   </si>
   <si>
     <t>mfmlogistics@fruytier.com</t>
   </si>
   <si>
     <t>http://www.rsb.be/</t>
   </si>
   <si>
     <t>+ 32 (0)84 36 02 70</t>
   </si>
@@ -1017,146 +1026,143 @@
   <si>
     <t>info@skysun.be</t>
   </si>
   <si>
     <t>https://skysun.be/</t>
   </si>
   <si>
     <t>+32 (0)483 11 25 97</t>
   </si>
   <si>
     <t>SKYSUN 2 SRL</t>
   </si>
   <si>
     <t>Rue de la Forge 10A</t>
   </si>
   <si>
     <t>BOUSVAL</t>
   </si>
   <si>
     <t>https://www.skysun.be</t>
   </si>
   <si>
     <t>SOCIETE EUROPENNE DE GESTION DE L'ENERGIE SA (SEGE)</t>
   </si>
   <si>
-    <t>avenue du Bourget 44</t>
+    <t>Avenue du Bourget 44</t>
   </si>
   <si>
     <t>SOLAR ROOF BE SA</t>
   </si>
   <si>
     <t>De Lange Beemden 14.1</t>
   </si>
   <si>
     <t>HEUSDEN-ZOLDER</t>
   </si>
   <si>
     <t>info@weertsgroup.com</t>
   </si>
   <si>
     <t>https://www.weerts-group.com/en#contact</t>
   </si>
   <si>
     <t>+32 (0)4 381 92 60</t>
   </si>
   <si>
-    <t>SOLARBUILD SRL (ENERGYVISION)</t>
+    <t>SOLARBUILD 7 SRL (ENERGYVISION)</t>
   </si>
   <si>
     <t>Avenue du Laarbeek 74</t>
   </si>
   <si>
     <t>https://www.energyvision.be/fr-be/a-propos-de-nous/contact</t>
   </si>
   <si>
     <t>+32 (0) 2 411 90 47</t>
   </si>
   <si>
     <t>SUNWISE SRL</t>
   </si>
   <si>
     <t>Tige du Paz 7/01</t>
   </si>
   <si>
     <t>VERLAINE</t>
   </si>
   <si>
     <t>t.broquet@performa.be</t>
   </si>
   <si>
     <t>https://www.performa.be/</t>
   </si>
   <si>
     <t>+32 (0)491 43 37 14</t>
   </si>
   <si>
     <t>TOTAL DIRECT ENERGIE SA</t>
   </si>
   <si>
-    <t>rue Louis Armand 2bis</t>
+    <t>Rue Louis Armand 2bis</t>
   </si>
   <si>
     <t>PARIS</t>
   </si>
   <si>
     <t>Frankreich</t>
   </si>
   <si>
     <t>service.souscription@total-directenergie.com</t>
   </si>
   <si>
     <t>https://total.direct-energie.com/</t>
   </si>
   <si>
     <t>+33 (0)1 73 18 13 59</t>
   </si>
   <si>
     <t>TOTALENERGIES GAS &amp; POWER WESTERN EUROPE SA</t>
   </si>
   <si>
-    <t>TOTALENERGIES POWER &amp; GAS BELGIUM SA (anc. LAMPIRIS)</t>
-[...2 lines deleted...]
-    <t>rue Saint-Laurent 54</t>
+    <t>TOTALENERGIES POWER &amp; GAS BELGIUM SA</t>
+  </si>
+  <si>
+    <t>Rue Saint-Laurent 54</t>
   </si>
   <si>
     <t>support@totalenergies.be</t>
   </si>
   <si>
     <t>https://totalenergies.be/fr/particuliers</t>
   </si>
   <si>
     <t>+32 (0)78 48 64 64</t>
   </si>
   <si>
     <t>TOTALENERGIES RENEWABLES DG BELGIUM ASSETCO 1 SA</t>
   </si>
   <si>
-    <t>Rue Saint-Laurent 54</t>
-[...1 lines deleted...]
-  <si>
     <t>solaropsbelgium@totalenergies.com</t>
   </si>
   <si>
     <t>https://www.totalenergies.be</t>
   </si>
   <si>
     <t>TREVION NV</t>
   </si>
   <si>
     <t>Dulle-Grietlaan 17/17</t>
   </si>
   <si>
     <t>GENTBRUGGE</t>
   </si>
   <si>
     <t>info@trevion.be</t>
   </si>
   <si>
     <t>http://www.trevion.be/</t>
   </si>
   <si>
     <t>+32 (0)9 255 70 10</t>
   </si>
   <si>
     <t>UKKO ENERGY SA</t>
@@ -1200,51 +1206,51 @@
   <si>
     <t>+31 (0)88 838 00 32</t>
   </si>
   <si>
     <t>VENTIS SA</t>
   </si>
   <si>
     <t>Chaussée de Lille 353</t>
   </si>
   <si>
     <t>TOURNAI</t>
   </si>
   <si>
     <t>info@ventis.be</t>
   </si>
   <si>
     <t>https://www.ventis.eu/</t>
   </si>
   <si>
     <t>+32 (0)69 59 01 27</t>
   </si>
   <si>
     <t>VENTS D'HOUYET SCA fs</t>
   </si>
   <si>
-    <t>rue du Monument 1</t>
+    <t>Rue du Monument 1</t>
   </si>
   <si>
     <t>MESNIL-EGLISE</t>
   </si>
   <si>
     <t>info@vents-houyet.be</t>
   </si>
   <si>
     <t>http://www.vents-houyet.be/index.html</t>
   </si>
   <si>
     <t>+32 (0)82 68 96 76</t>
   </si>
   <si>
     <t>VLAAMS ENERGIEBEDRIJF NV</t>
   </si>
   <si>
     <t>Avenue du Port 88</t>
   </si>
   <si>
     <t>communicatie@vlaamsenergiebedrijf.eu</t>
   </si>
   <si>
     <t>http://www.vlaamsenergiebedrijf.eu/fr</t>
   </si>
@@ -1605,51 +1611,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L75"/>
+  <dimension ref="A1:L76"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="98.976" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="87.122" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="41.133" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" t="s">
         <v>0</v>
       </c>
@@ -1809,2270 +1815,2304 @@
         <v>16</v>
       </c>
       <c r="I5" t="s">
         <v>37</v>
       </c>
       <c r="J5"/>
       <c r="K5" t="s">
         <v>38</v>
       </c>
       <c r="L5" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="6" spans="1:12">
       <c r="A6" t="s">
         <v>40</v>
       </c>
       <c r="B6"/>
       <c r="C6" t="s">
         <v>41</v>
       </c>
       <c r="D6"/>
       <c r="E6" t="s">
         <v>42</v>
       </c>
-      <c r="F6" t="s">
+      <c r="F6">
+        <v>1160</v>
+      </c>
+      <c r="G6" t="s">
         <v>43</v>
       </c>
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>44</v>
       </c>
-      <c r="H6" t="s">
+      <c r="I6" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="J6"/>
       <c r="K6" t="s">
+        <v>46</v>
+      </c>
+      <c r="L6" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="7" spans="1:12">
       <c r="A7" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B7"/>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
+        <v>49</v>
+      </c>
+      <c r="E7" t="s">
         <v>50</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7">
+        <v>8500</v>
+      </c>
+      <c r="G7" t="s">
         <v>51</v>
       </c>
-      <c r="F7">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
+        <v>16</v>
+      </c>
+      <c r="I7" t="s">
         <v>52</v>
-      </c>
-[...4 lines deleted...]
-        <v>53</v>
       </c>
       <c r="J7"/>
       <c r="K7" t="s">
+        <v>53</v>
+      </c>
+      <c r="L7" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="8" spans="1:12">
       <c r="A8" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="B8"/>
       <c r="C8" t="s">
         <v>41</v>
       </c>
       <c r="D8"/>
       <c r="E8" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="F8">
         <v>1050</v>
       </c>
       <c r="G8" t="s">
+        <v>57</v>
+      </c>
+      <c r="H8" t="s">
+        <v>16</v>
+      </c>
+      <c r="I8" t="s">
         <v>58</v>
-      </c>
-[...4 lines deleted...]
-        <v>59</v>
       </c>
       <c r="J8"/>
       <c r="K8" t="s">
+        <v>59</v>
+      </c>
+      <c r="L8" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="9" spans="1:12">
       <c r="A9" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B9"/>
       <c r="C9" t="s">
         <v>41</v>
       </c>
       <c r="D9"/>
       <c r="E9" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F9">
         <v>2800</v>
       </c>
       <c r="G9" t="s">
+        <v>63</v>
+      </c>
+      <c r="H9" t="s">
+        <v>16</v>
+      </c>
+      <c r="I9" t="s">
         <v>64</v>
-      </c>
-[...4 lines deleted...]
-        <v>65</v>
       </c>
       <c r="J9"/>
       <c r="K9" t="s">
+        <v>65</v>
+      </c>
+      <c r="L9" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="10" spans="1:12">
       <c r="A10" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B10"/>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10"/>
       <c r="E10" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="F10">
         <v>6690</v>
       </c>
       <c r="G10" t="s">
+        <v>69</v>
+      </c>
+      <c r="H10" t="s">
+        <v>16</v>
+      </c>
+      <c r="I10" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>71</v>
       </c>
       <c r="J10"/>
       <c r="K10" t="s">
+        <v>71</v>
+      </c>
+      <c r="L10" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="11" spans="1:12">
       <c r="A11" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B11"/>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11"/>
       <c r="E11" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F11">
         <v>6900</v>
       </c>
       <c r="G11" t="s">
+        <v>75</v>
+      </c>
+      <c r="H11" t="s">
+        <v>16</v>
+      </c>
+      <c r="I11" t="s">
         <v>76</v>
-      </c>
-[...4 lines deleted...]
-        <v>77</v>
       </c>
       <c r="J11"/>
       <c r="K11" t="s">
+        <v>77</v>
+      </c>
+      <c r="L11" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="12" spans="1:12">
       <c r="A12" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B12"/>
       <c r="C12" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="D12"/>
       <c r="E12" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="F12">
         <v>4250</v>
       </c>
       <c r="G12" t="s">
+        <v>82</v>
+      </c>
+      <c r="H12" t="s">
+        <v>16</v>
+      </c>
+      <c r="I12" t="s">
         <v>83</v>
-      </c>
-[...4 lines deleted...]
-        <v>84</v>
       </c>
       <c r="J12"/>
       <c r="K12"/>
       <c r="L12" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
     </row>
     <row r="13" spans="1:12">
       <c r="A13" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B13"/>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13"/>
       <c r="E13" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="F13">
         <v>4520</v>
       </c>
       <c r="G13" t="s">
+        <v>86</v>
+      </c>
+      <c r="H13" t="s">
+        <v>16</v>
+      </c>
+      <c r="I13" t="s">
         <v>87</v>
-      </c>
-[...4 lines deleted...]
-        <v>88</v>
       </c>
       <c r="J13"/>
       <c r="K13" t="s">
+        <v>88</v>
+      </c>
+      <c r="L13" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="14" spans="1:12">
       <c r="A14" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B14"/>
       <c r="C14" t="s">
         <v>41</v>
       </c>
       <c r="D14" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="E14" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="F14">
         <v>1210</v>
       </c>
       <c r="G14" t="s">
+        <v>92</v>
+      </c>
+      <c r="H14" t="s">
+        <v>16</v>
+      </c>
+      <c r="I14" t="s">
         <v>93</v>
-      </c>
-[...4 lines deleted...]
-        <v>94</v>
       </c>
       <c r="J14"/>
       <c r="K14" t="s">
+        <v>94</v>
+      </c>
+      <c r="L14" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="15" spans="1:12">
       <c r="A15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B15"/>
       <c r="C15" t="s">
         <v>13</v>
       </c>
       <c r="D15"/>
       <c r="E15" t="s">
+        <v>97</v>
+      </c>
+      <c r="F15">
+        <v>36077</v>
+      </c>
+      <c r="G15" t="s">
         <v>98</v>
       </c>
-      <c r="F15" t="s">
+      <c r="H15" t="s">
         <v>99</v>
       </c>
-      <c r="G15" t="s">
+      <c r="I15" t="s">
         <v>100</v>
-      </c>
-[...4 lines deleted...]
-        <v>102</v>
       </c>
       <c r="J15"/>
       <c r="K15" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="L15" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
     </row>
     <row r="16" spans="1:12">
       <c r="A16" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B16"/>
       <c r="C16" t="s">
         <v>13</v>
       </c>
       <c r="D16"/>
       <c r="E16" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="F16">
         <v>5100</v>
       </c>
       <c r="G16" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="H16" t="s">
         <v>16</v>
       </c>
       <c r="I16" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="J16"/>
       <c r="K16"/>
       <c r="L16" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
     </row>
     <row r="17" spans="1:12">
       <c r="A17" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="B17"/>
       <c r="C17" t="s">
         <v>13</v>
       </c>
       <c r="D17"/>
       <c r="E17" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F17">
         <v>5530</v>
       </c>
       <c r="G17" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="H17" t="s">
         <v>16</v>
       </c>
       <c r="I17" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="J17"/>
       <c r="K17" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="L17" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
     </row>
     <row r="18" spans="1:12">
       <c r="A18" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="B18"/>
       <c r="C18" t="s">
         <v>13</v>
       </c>
       <c r="D18" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="E18" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="F18">
         <v>7900</v>
       </c>
       <c r="G18" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="H18" t="s">
         <v>16</v>
       </c>
       <c r="I18" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="J18"/>
       <c r="K18" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="L18" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
     </row>
     <row r="19" spans="1:12">
       <c r="A19" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B19"/>
       <c r="C19" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="D19"/>
       <c r="E19" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="F19">
         <v>4020</v>
       </c>
       <c r="G19" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="H19" t="s">
         <v>16</v>
       </c>
       <c r="I19" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="J19"/>
       <c r="K19" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="L19" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
     </row>
     <row r="20" spans="1:12">
       <c r="A20" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B20"/>
       <c r="C20" t="s">
         <v>13</v>
       </c>
       <c r="D20"/>
       <c r="E20" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="F20">
         <v>8000</v>
       </c>
       <c r="G20" t="s">
+        <v>128</v>
+      </c>
+      <c r="H20" t="s">
+        <v>129</v>
+      </c>
+      <c r="I20" t="s">
         <v>130</v>
-      </c>
-[...4 lines deleted...]
-        <v>132</v>
       </c>
       <c r="J20"/>
       <c r="K20" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="L20" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
     </row>
     <row r="21" spans="1:12">
       <c r="A21" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="B21"/>
       <c r="C21" t="s">
         <v>41</v>
       </c>
       <c r="D21" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="E21" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="F21">
         <v>1500</v>
       </c>
       <c r="G21" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="H21" t="s">
         <v>16</v>
       </c>
       <c r="I21" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="J21"/>
       <c r="K21" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="L21" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
     </row>
     <row r="22" spans="1:12">
       <c r="A22" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="B22"/>
       <c r="C22" t="s">
         <v>41</v>
       </c>
       <c r="D22" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="E22" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="F22">
         <v>1000</v>
       </c>
       <c r="G22" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="H22" t="s">
         <v>16</v>
       </c>
       <c r="I22" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="J22"/>
       <c r="K22" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="L22" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
     </row>
     <row r="23" spans="1:12">
       <c r="A23" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="B23"/>
       <c r="C23" t="s">
         <v>13</v>
       </c>
       <c r="D23"/>
       <c r="E23" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="F23">
         <v>2600</v>
       </c>
       <c r="G23" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="H23" t="s">
         <v>16</v>
       </c>
       <c r="I23" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="J23"/>
       <c r="K23" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="L23" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
     </row>
     <row r="24" spans="1:12">
       <c r="A24" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="B24"/>
       <c r="C24" t="s">
         <v>41</v>
       </c>
       <c r="D24"/>
       <c r="E24" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="F24">
         <v>8790</v>
       </c>
       <c r="G24" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="H24" t="s">
         <v>16</v>
       </c>
       <c r="I24" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="J24"/>
       <c r="K24" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="L24" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
     </row>
     <row r="25" spans="1:12">
       <c r="A25" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="B25"/>
       <c r="C25" t="s">
         <v>41</v>
       </c>
       <c r="D25" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="E25" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="F25">
         <v>2800</v>
       </c>
       <c r="G25" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="H25" t="s">
         <v>16</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
+        <v>156</v>
+      </c>
+      <c r="K25" t="s">
+        <v>157</v>
+      </c>
+      <c r="L25" t="s">
         <v>158</v>
-      </c>
-[...4 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="26" spans="1:12">
       <c r="A26" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="B26"/>
       <c r="C26" t="s">
         <v>13</v>
       </c>
       <c r="D26"/>
       <c r="E26" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="F26">
         <v>1050</v>
       </c>
       <c r="G26" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="H26" t="s">
         <v>16</v>
       </c>
       <c r="I26" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="J26"/>
       <c r="K26" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="L26" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
     </row>
     <row r="27" spans="1:12">
       <c r="A27" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="B27"/>
       <c r="C27" t="s">
         <v>41</v>
       </c>
       <c r="D27"/>
       <c r="E27" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="F27">
         <v>1210</v>
       </c>
       <c r="G27" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="H27" t="s">
         <v>16</v>
       </c>
       <c r="I27" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="J27"/>
       <c r="K27" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="L27" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
     </row>
     <row r="28" spans="1:12">
       <c r="A28" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="B28"/>
       <c r="C28" t="s">
         <v>13</v>
       </c>
       <c r="D28"/>
       <c r="E28" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F28">
         <v>1070</v>
       </c>
       <c r="G28" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="H28" t="s">
         <v>16</v>
       </c>
       <c r="I28" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="J28"/>
       <c r="K28"/>
       <c r="L28"/>
     </row>
     <row r="29" spans="1:12">
       <c r="A29" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="B29"/>
       <c r="C29" t="s">
         <v>41</v>
       </c>
       <c r="D29" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="E29" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="F29">
         <v>9051</v>
       </c>
       <c r="G29" t="s">
+        <v>174</v>
+      </c>
+      <c r="H29" t="s">
+        <v>16</v>
+      </c>
+      <c r="I29" t="s">
+        <v>175</v>
+      </c>
+      <c r="J29" t="s">
         <v>176</v>
       </c>
-      <c r="H29" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K29" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="L29" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
     </row>
     <row r="30" spans="1:12">
       <c r="A30" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="B30"/>
       <c r="C30" t="s">
         <v>41</v>
       </c>
       <c r="D30" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="E30" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="F30">
         <v>1000</v>
       </c>
       <c r="G30" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="H30" t="s">
         <v>16</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
+        <v>179</v>
+      </c>
+      <c r="K30" t="s">
+        <v>180</v>
+      </c>
+      <c r="L30" t="s">
         <v>181</v>
-      </c>
-[...4 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="31" spans="1:12">
       <c r="A31" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="B31"/>
       <c r="C31" t="s">
         <v>13</v>
       </c>
       <c r="D31"/>
       <c r="E31" t="s">
-        <v>185</v>
+        <v>178</v>
       </c>
       <c r="F31">
         <v>1000</v>
       </c>
       <c r="G31" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="H31" t="s">
         <v>16</v>
       </c>
       <c r="I31" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="J31"/>
       <c r="K31"/>
       <c r="L31" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
     </row>
     <row r="32" spans="1:12">
       <c r="A32" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="B32"/>
       <c r="C32" t="s">
         <v>41</v>
       </c>
       <c r="D32"/>
       <c r="E32" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="F32">
         <v>1040</v>
       </c>
       <c r="G32" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="H32" t="s">
         <v>16</v>
       </c>
       <c r="I32" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="J32"/>
       <c r="K32" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="L32" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
     </row>
     <row r="33" spans="1:12">
       <c r="A33" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="B33"/>
       <c r="C33" t="s">
         <v>41</v>
       </c>
       <c r="D33"/>
       <c r="E33" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="F33">
         <v>2200</v>
       </c>
       <c r="G33" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="H33" t="s">
         <v>16</v>
       </c>
       <c r="I33" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="J33" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="K33" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="L33"/>
     </row>
     <row r="34" spans="1:12">
       <c r="A34" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="B34"/>
       <c r="C34" t="s">
         <v>41</v>
       </c>
       <c r="D34"/>
       <c r="E34" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="F34">
         <v>1500</v>
       </c>
       <c r="G34" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="H34" t="s">
         <v>16</v>
       </c>
       <c r="I34" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="J34"/>
       <c r="K34" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="L34" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
     </row>
     <row r="35" spans="1:12">
       <c r="A35" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="B35"/>
       <c r="C35" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="D35"/>
       <c r="E35" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="F35">
         <v>1000</v>
       </c>
       <c r="G35" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="H35" t="s">
         <v>16</v>
       </c>
       <c r="I35" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="J35"/>
       <c r="K35" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="L35" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
     </row>
     <row r="36" spans="1:12">
       <c r="A36" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="B36"/>
       <c r="C36" t="s">
         <v>13</v>
       </c>
       <c r="D36"/>
       <c r="E36" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="F36">
         <v>6220</v>
       </c>
       <c r="G36" t="s">
+        <v>204</v>
+      </c>
+      <c r="H36" t="s">
+        <v>16</v>
+      </c>
+      <c r="I36" t="s">
+        <v>205</v>
+      </c>
+      <c r="J36" t="s">
+        <v>206</v>
+      </c>
+      <c r="K36" t="s">
         <v>207</v>
       </c>
-      <c r="H36" t="s">
-[...2 lines deleted...]
-      <c r="I36" t="s">
+      <c r="L36" t="s">
         <v>208</v>
-      </c>
-[...7 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="37" spans="1:12">
       <c r="A37" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="B37"/>
       <c r="C37" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="D37"/>
       <c r="E37" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="F37">
         <v>4780</v>
       </c>
       <c r="G37" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="H37" t="s">
         <v>16</v>
       </c>
       <c r="I37" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="J37"/>
       <c r="K37" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="L37" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
     </row>
     <row r="38" spans="1:12">
       <c r="A38" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="B38"/>
       <c r="C38" t="s">
         <v>13</v>
       </c>
       <c r="D38"/>
       <c r="E38" t="s">
+        <v>216</v>
+      </c>
+      <c r="F38" t="s">
+        <v>217</v>
+      </c>
+      <c r="G38" t="s">
+        <v>218</v>
+      </c>
+      <c r="H38" t="s">
         <v>219</v>
       </c>
-      <c r="F38" t="s">
+      <c r="I38" t="s">
         <v>220</v>
-      </c>
-[...7 lines deleted...]
-        <v>223</v>
       </c>
       <c r="J38"/>
       <c r="K38" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="L38" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
     </row>
     <row r="39" spans="1:12">
       <c r="A39" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="B39"/>
       <c r="C39" t="s">
         <v>13</v>
       </c>
       <c r="D39"/>
       <c r="E39" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="F39">
         <v>1140</v>
       </c>
       <c r="G39" t="s">
+        <v>225</v>
+      </c>
+      <c r="H39" t="s">
+        <v>16</v>
+      </c>
+      <c r="I39" t="s">
+        <v>226</v>
+      </c>
+      <c r="J39" t="s">
+        <v>227</v>
+      </c>
+      <c r="K39" t="s">
         <v>228</v>
       </c>
-      <c r="H39" t="s">
-[...3 lines deleted...]
-      <c r="J39" t="s">
+      <c r="L39" t="s">
         <v>229</v>
-      </c>
-[...4 lines deleted...]
-        <v>231</v>
       </c>
     </row>
     <row r="40" spans="1:12">
       <c r="A40" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="B40"/>
       <c r="C40" t="s">
         <v>13</v>
       </c>
       <c r="D40"/>
       <c r="E40" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="F40">
         <v>1050</v>
       </c>
       <c r="G40" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="H40" t="s">
         <v>16</v>
       </c>
       <c r="I40" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="J40"/>
       <c r="K40" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="L40" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
     </row>
     <row r="41" spans="1:12">
       <c r="A41" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="B41"/>
       <c r="C41" t="s">
         <v>13</v>
       </c>
       <c r="D41"/>
       <c r="E41" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="F41">
         <v>4000</v>
       </c>
       <c r="G41" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="H41" t="s">
         <v>16</v>
       </c>
       <c r="I41"/>
       <c r="J41"/>
       <c r="K41"/>
       <c r="L41" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
     </row>
     <row r="42" spans="1:12">
       <c r="A42" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="B42"/>
       <c r="C42" t="s">
         <v>13</v>
       </c>
       <c r="D42"/>
       <c r="E42" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="F42">
         <v>4000</v>
       </c>
       <c r="G42" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="H42" t="s">
         <v>16</v>
       </c>
       <c r="I42" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="J42"/>
       <c r="K42"/>
       <c r="L42" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
     </row>
     <row r="43" spans="1:12">
       <c r="A43" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="B43"/>
       <c r="C43" t="s">
-        <v>81</v>
+        <v>13</v>
       </c>
       <c r="D43"/>
       <c r="E43" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="F43">
-        <v>6717</v>
+        <v>4000</v>
       </c>
       <c r="G43" t="s">
-        <v>245</v>
+        <v>236</v>
       </c>
       <c r="H43" t="s">
         <v>16</v>
       </c>
       <c r="I43" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="J43"/>
       <c r="K43" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="L43" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
     </row>
     <row r="44" spans="1:12">
       <c r="A44" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="B44"/>
       <c r="C44" t="s">
-        <v>13</v>
+        <v>80</v>
       </c>
       <c r="D44"/>
       <c r="E44" t="s">
+        <v>247</v>
+      </c>
+      <c r="F44">
+        <v>6717</v>
+      </c>
+      <c r="G44" t="s">
+        <v>248</v>
+      </c>
+      <c r="H44" t="s">
+        <v>16</v>
+      </c>
+      <c r="I44" t="s">
+        <v>249</v>
+      </c>
+      <c r="J44"/>
+      <c r="K44" t="s">
         <v>250</v>
       </c>
-      <c r="F44">
-[...2 lines deleted...]
-      <c r="G44" t="s">
+      <c r="L44" t="s">
         <v>251</v>
-      </c>
-[...9 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="45" spans="1:12">
       <c r="A45" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="B45"/>
       <c r="C45" t="s">
-        <v>81</v>
+        <v>13</v>
       </c>
       <c r="D45"/>
       <c r="E45" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="F45">
         <v>6800</v>
       </c>
       <c r="G45" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="H45" t="s">
         <v>16</v>
       </c>
       <c r="I45" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="J45"/>
       <c r="K45"/>
       <c r="L45" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
     </row>
     <row r="46" spans="1:12">
       <c r="A46" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="B46"/>
       <c r="C46" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="D46"/>
       <c r="E46" t="s">
+        <v>258</v>
+      </c>
+      <c r="F46">
+        <v>6800</v>
+      </c>
+      <c r="G46" t="s">
+        <v>259</v>
+      </c>
+      <c r="H46" t="s">
+        <v>16</v>
+      </c>
+      <c r="I46" t="s">
         <v>260</v>
       </c>
-      <c r="F46">
-[...8 lines deleted...]
-      <c r="I46" t="s">
+      <c r="J46"/>
+      <c r="K46"/>
+      <c r="L46" t="s">
         <v>261</v>
-      </c>
-[...5 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="47" spans="1:12">
       <c r="A47" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="B47"/>
       <c r="C47" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="D47"/>
+        <v>41</v>
+      </c>
+      <c r="D47" t="s">
+        <v>49</v>
+      </c>
       <c r="E47" t="s">
+        <v>263</v>
+      </c>
+      <c r="F47">
+        <v>1210</v>
+      </c>
+      <c r="G47" t="s">
+        <v>57</v>
+      </c>
+      <c r="H47" t="s">
+        <v>16</v>
+      </c>
+      <c r="I47" t="s">
+        <v>264</v>
+      </c>
+      <c r="J47"/>
+      <c r="K47" t="s">
         <v>265</v>
       </c>
-      <c r="F47">
-[...2 lines deleted...]
-      <c r="G47" t="s">
+      <c r="L47" t="s">
         <v>266</v>
-      </c>
-[...9 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="48" spans="1:12">
       <c r="A48" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="B48"/>
       <c r="C48" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="D48"/>
       <c r="E48" t="s">
+        <v>268</v>
+      </c>
+      <c r="F48">
+        <v>6700</v>
+      </c>
+      <c r="G48" t="s">
+        <v>269</v>
+      </c>
+      <c r="H48" t="s">
+        <v>16</v>
+      </c>
+      <c r="I48" t="s">
         <v>270</v>
       </c>
-      <c r="F48">
-[...2 lines deleted...]
-      <c r="G48" t="s">
+      <c r="J48"/>
+      <c r="K48"/>
+      <c r="L48" t="s">
         <v>271</v>
-      </c>
-[...11 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="49" spans="1:12">
       <c r="A49" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B49"/>
       <c r="C49" t="s">
-        <v>13</v>
+        <v>80</v>
       </c>
       <c r="D49"/>
       <c r="E49" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="F49">
-        <v>7700</v>
+        <v>1348</v>
       </c>
       <c r="G49" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="H49" t="s">
         <v>16</v>
       </c>
       <c r="I49" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="J49"/>
       <c r="K49" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="L49" t="s">
-        <v>73</v>
+        <v>277</v>
       </c>
     </row>
     <row r="50" spans="1:12">
       <c r="A50" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="B50"/>
       <c r="C50" t="s">
         <v>13</v>
       </c>
       <c r="D50"/>
       <c r="E50" t="s">
+        <v>279</v>
+      </c>
+      <c r="F50">
+        <v>7700</v>
+      </c>
+      <c r="G50" t="s">
+        <v>280</v>
+      </c>
+      <c r="H50" t="s">
+        <v>16</v>
+      </c>
+      <c r="I50" t="s">
         <v>281</v>
-      </c>
-[...10 lines deleted...]
-        <v>283</v>
       </c>
       <c r="J50"/>
       <c r="K50" t="s">
-        <v>284</v>
-[...1 lines deleted...]
-      <c r="L50"/>
+        <v>282</v>
+      </c>
+      <c r="L50" t="s">
+        <v>72</v>
+      </c>
     </row>
     <row r="51" spans="1:12">
       <c r="A51" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="B51"/>
       <c r="C51" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="D51"/>
       <c r="E51" t="s">
+        <v>284</v>
+      </c>
+      <c r="F51">
+        <v>50825</v>
+      </c>
+      <c r="G51" t="s">
+        <v>285</v>
+      </c>
+      <c r="H51" t="s">
+        <v>219</v>
+      </c>
+      <c r="I51" t="s">
         <v>286</v>
       </c>
-      <c r="F51">
-[...2 lines deleted...]
-      <c r="G51" t="s">
+      <c r="J51"/>
+      <c r="K51" t="s">
         <v>287</v>
       </c>
-      <c r="H51" t="s">
-[...11 lines deleted...]
-      </c>
+      <c r="L51"/>
     </row>
     <row r="52" spans="1:12">
       <c r="A52" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="B52"/>
       <c r="C52" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="D52"/>
+        <v>41</v>
+      </c>
+      <c r="D52" t="s">
+        <v>49</v>
+      </c>
       <c r="E52" t="s">
+        <v>289</v>
+      </c>
+      <c r="F52">
+        <v>1150</v>
+      </c>
+      <c r="G52" t="s">
+        <v>290</v>
+      </c>
+      <c r="H52" t="s">
+        <v>16</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>291</v>
+      </c>
+      <c r="K52" t="s">
         <v>292</v>
       </c>
-      <c r="F52">
-[...8 lines deleted...]
-      <c r="I52" t="s">
+      <c r="L52" t="s">
         <v>293</v>
-      </c>
-[...5 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="53" spans="1:12">
       <c r="A53" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="B53"/>
       <c r="C53" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="D53"/>
       <c r="E53" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="F53">
-        <v>4020</v>
+        <v>1000</v>
       </c>
       <c r="G53" t="s">
-        <v>124</v>
+        <v>57</v>
       </c>
       <c r="H53" t="s">
         <v>16</v>
       </c>
       <c r="I53" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="J53"/>
       <c r="K53" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="L53" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
     </row>
     <row r="54" spans="1:12">
       <c r="A54" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="B54"/>
       <c r="C54" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D54"/>
+        <v>41</v>
+      </c>
+      <c r="D54" t="s">
+        <v>49</v>
+      </c>
       <c r="E54" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="F54">
-        <v>6900</v>
+        <v>4020</v>
       </c>
       <c r="G54" t="s">
-        <v>76</v>
+        <v>122</v>
       </c>
       <c r="H54" t="s">
         <v>16</v>
       </c>
       <c r="I54" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="J54"/>
       <c r="K54" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="L54" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
     </row>
     <row r="55" spans="1:12">
       <c r="A55" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="B55"/>
       <c r="C55" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="D55"/>
       <c r="E55" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="F55">
-        <v>45141</v>
+        <v>6900</v>
       </c>
       <c r="G55" t="s">
-        <v>308</v>
+        <v>75</v>
       </c>
       <c r="H55" t="s">
-        <v>222</v>
+        <v>16</v>
       </c>
       <c r="I55" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="J55"/>
       <c r="K55" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="L55" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
     </row>
     <row r="56" spans="1:12">
       <c r="A56" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="B56"/>
       <c r="C56" t="s">
         <v>41</v>
       </c>
       <c r="D56"/>
       <c r="E56" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="F56">
-        <v>8790</v>
+        <v>45141</v>
       </c>
       <c r="G56" t="s">
-        <v>152</v>
+        <v>311</v>
       </c>
       <c r="H56" t="s">
-        <v>16</v>
+        <v>219</v>
       </c>
       <c r="I56" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="J56"/>
       <c r="K56" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="L56" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
     </row>
     <row r="57" spans="1:12">
       <c r="A57" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="B57"/>
       <c r="C57" t="s">
-        <v>81</v>
+        <v>41</v>
       </c>
       <c r="D57"/>
       <c r="E57" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="F57">
-        <v>34117</v>
+        <v>8790</v>
       </c>
       <c r="G57" t="s">
-        <v>319</v>
+        <v>150</v>
       </c>
       <c r="H57" t="s">
-        <v>222</v>
+        <v>16</v>
       </c>
       <c r="I57" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="J57"/>
       <c r="K57" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="L57" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
     </row>
     <row r="58" spans="1:12">
       <c r="A58" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="B58"/>
       <c r="C58" t="s">
-        <v>13</v>
+        <v>80</v>
       </c>
       <c r="D58"/>
       <c r="E58" t="s">
+        <v>321</v>
+      </c>
+      <c r="F58">
+        <v>34117</v>
+      </c>
+      <c r="G58" t="s">
+        <v>322</v>
+      </c>
+      <c r="H58" t="s">
+        <v>219</v>
+      </c>
+      <c r="I58" t="s">
+        <v>323</v>
+      </c>
+      <c r="J58"/>
+      <c r="K58" t="s">
         <v>324</v>
       </c>
-      <c r="F58">
-[...2 lines deleted...]
-      <c r="G58" t="s">
+      <c r="L58" t="s">
         <v>325</v>
-      </c>
-[...13 lines deleted...]
-        <v>328</v>
       </c>
     </row>
     <row r="59" spans="1:12">
       <c r="A59" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="B59"/>
       <c r="C59" t="s">
         <v>13</v>
       </c>
       <c r="D59"/>
       <c r="E59" t="s">
+        <v>327</v>
+      </c>
+      <c r="F59">
+        <v>1160</v>
+      </c>
+      <c r="G59" t="s">
+        <v>328</v>
+      </c>
+      <c r="H59" t="s">
+        <v>16</v>
+      </c>
+      <c r="I59" t="s">
+        <v>329</v>
+      </c>
+      <c r="J59" t="s">
         <v>330</v>
       </c>
-      <c r="F59">
-[...2 lines deleted...]
-      <c r="G59" t="s">
+      <c r="K59" t="s">
+        <v>330</v>
+      </c>
+      <c r="L59" t="s">
         <v>331</v>
-      </c>
-[...11 lines deleted...]
-        <v>328</v>
       </c>
     </row>
     <row r="60" spans="1:12">
       <c r="A60" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="B60"/>
       <c r="C60" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="D60"/>
       <c r="E60" t="s">
+        <v>333</v>
+      </c>
+      <c r="F60">
+        <v>1470</v>
+      </c>
+      <c r="G60" t="s">
         <v>334</v>
       </c>
-      <c r="F60">
-[...4 lines deleted...]
-      </c>
       <c r="H60" t="s">
         <v>16</v>
       </c>
-      <c r="I60"/>
+      <c r="I60" t="s">
+        <v>329</v>
+      </c>
       <c r="J60"/>
-      <c r="K60"/>
+      <c r="K60" t="s">
+        <v>335</v>
+      </c>
       <c r="L60" t="s">
-        <v>73</v>
+        <v>331</v>
       </c>
     </row>
     <row r="61" spans="1:12">
       <c r="A61" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B61"/>
       <c r="C61" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="D61"/>
       <c r="E61" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="F61">
-        <v>3550</v>
+        <v>1130</v>
       </c>
       <c r="G61" t="s">
-        <v>337</v>
+        <v>57</v>
       </c>
       <c r="H61" t="s">
         <v>16</v>
       </c>
-      <c r="I61" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I61"/>
       <c r="J61"/>
-      <c r="K61" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K61"/>
       <c r="L61" t="s">
-        <v>340</v>
+        <v>72</v>
       </c>
     </row>
     <row r="62" spans="1:12">
       <c r="A62" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="B62"/>
       <c r="C62" t="s">
         <v>13</v>
       </c>
-      <c r="D62" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D62"/>
       <c r="E62" t="s">
+        <v>339</v>
+      </c>
+      <c r="F62">
+        <v>3550</v>
+      </c>
+      <c r="G62" t="s">
+        <v>340</v>
+      </c>
+      <c r="H62" t="s">
+        <v>16</v>
+      </c>
+      <c r="I62" t="s">
+        <v>341</v>
+      </c>
+      <c r="J62"/>
+      <c r="K62" t="s">
         <v>342</v>
       </c>
-      <c r="F62">
-[...11 lines deleted...]
-      <c r="J62" t="s">
+      <c r="L62" t="s">
         <v>343</v>
-      </c>
-[...4 lines deleted...]
-        <v>344</v>
       </c>
     </row>
     <row r="63" spans="1:12">
       <c r="A63" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="B63"/>
       <c r="C63" t="s">
         <v>13</v>
       </c>
-      <c r="D63"/>
+      <c r="D63" t="s">
+        <v>49</v>
+      </c>
       <c r="E63" t="s">
+        <v>345</v>
+      </c>
+      <c r="F63">
+        <v>1090</v>
+      </c>
+      <c r="G63" t="s">
+        <v>57</v>
+      </c>
+      <c r="H63" t="s">
+        <v>16</v>
+      </c>
+      <c r="I63" t="s">
+        <v>175</v>
+      </c>
+      <c r="J63" t="s">
         <v>346</v>
       </c>
-      <c r="F63">
-[...2 lines deleted...]
-      <c r="G63" t="s">
+      <c r="K63" t="s">
+        <v>176</v>
+      </c>
+      <c r="L63" t="s">
         <v>347</v>
-      </c>
-[...11 lines deleted...]
-        <v>350</v>
       </c>
     </row>
     <row r="64" spans="1:12">
       <c r="A64" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="B64"/>
       <c r="C64" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="D64"/>
       <c r="E64" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="F64">
-        <v>75015</v>
+        <v>4537</v>
       </c>
       <c r="G64" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="H64" t="s">
-        <v>354</v>
+        <v>16</v>
       </c>
       <c r="I64" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="J64"/>
       <c r="K64" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="L64" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
     </row>
     <row r="65" spans="1:12">
       <c r="A65" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="B65"/>
       <c r="C65" t="s">
         <v>41</v>
       </c>
       <c r="D65"/>
-      <c r="E65"/>
-[...3 lines deleted...]
-      <c r="I65"/>
+      <c r="E65" t="s">
+        <v>355</v>
+      </c>
+      <c r="F65">
+        <v>75015</v>
+      </c>
+      <c r="G65" t="s">
+        <v>356</v>
+      </c>
+      <c r="H65" t="s">
+        <v>357</v>
+      </c>
+      <c r="I65" t="s">
+        <v>358</v>
+      </c>
       <c r="J65"/>
-      <c r="K65"/>
+      <c r="K65" t="s">
+        <v>359</v>
+      </c>
       <c r="L65" t="s">
-        <v>73</v>
+        <v>360</v>
       </c>
     </row>
     <row r="66" spans="1:12">
       <c r="A66" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="B66"/>
       <c r="C66" t="s">
         <v>41</v>
       </c>
-      <c r="D66" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="D66"/>
+      <c r="E66"/>
+      <c r="F66"/>
+      <c r="G66"/>
+      <c r="H66"/>
+      <c r="I66"/>
       <c r="J66"/>
-      <c r="K66" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K66"/>
       <c r="L66" t="s">
-        <v>363</v>
+        <v>72</v>
       </c>
     </row>
     <row r="67" spans="1:12">
       <c r="A67" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="B67"/>
       <c r="C67" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D67"/>
+        <v>41</v>
+      </c>
+      <c r="D67" t="s">
+        <v>49</v>
+      </c>
       <c r="E67" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="F67">
         <v>4000</v>
       </c>
       <c r="G67" t="s">
-        <v>238</v>
+        <v>122</v>
       </c>
       <c r="H67" t="s">
         <v>16</v>
       </c>
       <c r="I67" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="J67"/>
       <c r="K67" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="L67" t="s">
-        <v>73</v>
+        <v>366</v>
       </c>
     </row>
     <row r="68" spans="1:12">
       <c r="A68" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="B68"/>
       <c r="C68" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="D68"/>
       <c r="E68" t="s">
-        <v>369</v>
+        <v>363</v>
       </c>
       <c r="F68">
-        <v>9050</v>
+        <v>4000</v>
       </c>
       <c r="G68" t="s">
-        <v>370</v>
+        <v>236</v>
       </c>
       <c r="H68" t="s">
         <v>16</v>
       </c>
       <c r="I68" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="J68"/>
       <c r="K68" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="L68" t="s">
-        <v>373</v>
+        <v>72</v>
       </c>
     </row>
     <row r="69" spans="1:12">
       <c r="A69" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="B69"/>
       <c r="C69" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="D69"/>
       <c r="E69" t="s">
+        <v>371</v>
+      </c>
+      <c r="F69">
+        <v>9050</v>
+      </c>
+      <c r="G69" t="s">
+        <v>372</v>
+      </c>
+      <c r="H69" t="s">
+        <v>16</v>
+      </c>
+      <c r="I69" t="s">
+        <v>373</v>
+      </c>
+      <c r="J69"/>
+      <c r="K69" t="s">
+        <v>374</v>
+      </c>
+      <c r="L69" t="s">
         <v>375</v>
-      </c>
-[...19 lines deleted...]
-        <v>379</v>
       </c>
     </row>
     <row r="70" spans="1:12">
       <c r="A70" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="B70"/>
       <c r="C70" t="s">
-        <v>81</v>
+        <v>13</v>
       </c>
       <c r="D70"/>
       <c r="E70" t="s">
+        <v>377</v>
+      </c>
+      <c r="F70">
+        <v>4000</v>
+      </c>
+      <c r="G70" t="s">
+        <v>236</v>
+      </c>
+      <c r="H70" t="s">
+        <v>16</v>
+      </c>
+      <c r="I70" t="s">
+        <v>378</v>
+      </c>
+      <c r="J70" t="s">
+        <v>379</v>
+      </c>
+      <c r="K70" t="s">
+        <v>380</v>
+      </c>
+      <c r="L70" t="s">
         <v>381</v>
-      </c>
-[...17 lines deleted...]
-        <v>387</v>
       </c>
     </row>
     <row r="71" spans="1:12">
       <c r="A71" t="s">
-        <v>388</v>
+        <v>382</v>
       </c>
       <c r="B71"/>
       <c r="C71" t="s">
-        <v>13</v>
+        <v>80</v>
       </c>
       <c r="D71"/>
       <c r="E71" t="s">
-        <v>389</v>
-[...2 lines deleted...]
-        <v>7500</v>
+        <v>383</v>
+      </c>
+      <c r="F71" t="s">
+        <v>384</v>
       </c>
       <c r="G71" t="s">
-        <v>390</v>
+        <v>385</v>
       </c>
       <c r="H71" t="s">
-        <v>16</v>
+        <v>386</v>
       </c>
       <c r="I71" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
       <c r="J71"/>
       <c r="K71" t="s">
-        <v>392</v>
+        <v>388</v>
       </c>
       <c r="L71" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
     </row>
     <row r="72" spans="1:12">
       <c r="A72" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="B72"/>
       <c r="C72" t="s">
         <v>13</v>
       </c>
       <c r="D72"/>
       <c r="E72" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="F72">
-        <v>5560</v>
+        <v>7500</v>
       </c>
       <c r="G72" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="H72" t="s">
         <v>16</v>
       </c>
       <c r="I72" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="J72"/>
       <c r="K72" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="L72" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
     </row>
     <row r="73" spans="1:12">
       <c r="A73" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="B73"/>
       <c r="C73" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="D73"/>
       <c r="E73" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
       <c r="F73">
-        <v>1000</v>
+        <v>5560</v>
       </c>
       <c r="G73" t="s">
-        <v>58</v>
+        <v>398</v>
       </c>
       <c r="H73" t="s">
         <v>16</v>
       </c>
       <c r="I73" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="J73"/>
       <c r="K73" t="s">
-        <v>403</v>
+        <v>400</v>
       </c>
       <c r="L73" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
     </row>
     <row r="74" spans="1:12">
       <c r="A74" t="s">
-        <v>405</v>
+        <v>402</v>
       </c>
       <c r="B74"/>
       <c r="C74" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="D74"/>
       <c r="E74" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
       <c r="F74">
-        <v>3700</v>
+        <v>1000</v>
       </c>
       <c r="G74" t="s">
-        <v>407</v>
+        <v>57</v>
       </c>
       <c r="H74" t="s">
         <v>16</v>
       </c>
-      <c r="I74"/>
+      <c r="I74" t="s">
+        <v>404</v>
+      </c>
       <c r="J74"/>
       <c r="K74" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="L74" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
     </row>
     <row r="75" spans="1:12">
       <c r="A75" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="B75"/>
       <c r="C75" t="s">
         <v>13</v>
       </c>
       <c r="D75"/>
       <c r="E75" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="F75">
-        <v>8790</v>
+        <v>3700</v>
       </c>
       <c r="G75" t="s">
-        <v>152</v>
+        <v>409</v>
       </c>
       <c r="H75" t="s">
         <v>16</v>
       </c>
-      <c r="I75" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I75"/>
       <c r="J75"/>
       <c r="K75" t="s">
+        <v>410</v>
+      </c>
+      <c r="L75" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="76" spans="1:12">
+      <c r="A76" t="s">
+        <v>412</v>
+      </c>
+      <c r="B76"/>
+      <c r="C76" t="s">
+        <v>13</v>
+      </c>
+      <c r="D76"/>
+      <c r="E76" t="s">
         <v>413</v>
       </c>
-      <c r="L75" t="s">
+      <c r="F76">
+        <v>8790</v>
+      </c>
+      <c r="G76" t="s">
+        <v>150</v>
+      </c>
+      <c r="H76" t="s">
+        <v>16</v>
+      </c>
+      <c r="I76" t="s">
         <v>414</v>
+      </c>
+      <c r="J76"/>
+      <c r="K76" t="s">
+        <v>415</v>
+      </c>
+      <c r="L76" t="s">
+        <v>416</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">