--- v0 (2025-12-15)
+++ v1 (2026-01-29)
@@ -191,129 +191,129 @@
   <si>
     <t>+32 (0)10 20 80 00</t>
   </si>
   <si>
     <t>ENERGYVISION SA</t>
   </si>
   <si>
     <t>Bijenstraat 28</t>
   </si>
   <si>
     <t>GENT</t>
   </si>
   <si>
     <t>info@energyvision.be</t>
   </si>
   <si>
     <t>https://www.energyvision.be/fr-be</t>
   </si>
   <si>
     <t>Pas d'offre commerciale disponible</t>
   </si>
   <si>
     <t>ENGIE - ELECTRABEL SA</t>
   </si>
   <si>
-    <t>boulevard Simon Bolivar 36</t>
+    <t>Boulevard Simon Bolivar 36</t>
   </si>
   <si>
     <t>https://www.engie-electrabel.be/fr/particulier/contact/nouvelle-question-plainte</t>
   </si>
   <si>
     <t>https://www.engie-electrabel.be/</t>
   </si>
   <si>
     <t>+32 (0)78 35 33 33</t>
   </si>
   <si>
     <t>LUMINUS SA</t>
   </si>
   <si>
-    <t>boulevard Roi Albert II, 7</t>
+    <t>Boulevard Roi Albert II, 7</t>
   </si>
   <si>
     <t>info@luminus.be</t>
   </si>
   <si>
     <t>http://www.luminus.be/</t>
   </si>
   <si>
     <t>+32 (0)78 155 100</t>
   </si>
   <si>
     <t>OCTA+ ENERGIE SA</t>
   </si>
   <si>
     <t>Avenue Général Empain 21</t>
   </si>
   <si>
     <t>WOLUWE-SAINT-PIERRE</t>
   </si>
   <si>
     <t>https://www.octaplus.be/fr/particuliers/contact</t>
   </si>
   <si>
     <t>https://www.octaplus.be/fr/</t>
   </si>
   <si>
     <t>+32 (0)2 851 02 52</t>
   </si>
   <si>
     <t>POWER ONLINE SA (MEGA)</t>
   </si>
   <si>
-    <t>rue Natalis 2</t>
+    <t>Rue Natalis 2</t>
   </si>
   <si>
     <t>LIEGE</t>
   </si>
   <si>
     <t>info@mega.be</t>
   </si>
   <si>
     <t>http://www.mega.be/</t>
   </si>
   <si>
     <t>+32 (0)4 268 20 00</t>
   </si>
   <si>
     <t>SOLARBUILD SRL (ENERGYVISION)</t>
   </si>
   <si>
     <t>Avenue du Laarbeek 74</t>
   </si>
   <si>
     <t>https://www.energyvision.be/fr-be/a-propos-de-nous/contact</t>
   </si>
   <si>
     <t>+32 (0) 2 411 90 47</t>
   </si>
   <si>
-    <t>TOTALENERGIES POWER &amp; GAS BELGIUM SA (anc. LAMPIRIS)</t>
-[...2 lines deleted...]
-    <t>rue Saint-Laurent 54</t>
+    <t>TOTALENERGIES POWER &amp; GAS BELGIUM SA</t>
+  </si>
+  <si>
+    <t>Rue Saint-Laurent 54</t>
   </si>
   <si>
     <t>support@totalenergies.be</t>
   </si>
   <si>
     <t>https://totalenergies.be/fr/particuliers</t>
   </si>
   <si>
     <t>+32 (0)78 48 64 64</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -634,51 +634,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:L14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="41.133" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>