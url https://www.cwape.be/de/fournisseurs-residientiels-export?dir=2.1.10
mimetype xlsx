--- v1 (2026-01-29)
+++ v2 (2026-03-16)
@@ -59,54 +59,54 @@
   <si>
     <t>Pays</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Formulaire de contact</t>
   </si>
   <si>
     <t>Site web</t>
   </si>
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>ASPIRAVI ENERGY NV</t>
   </si>
   <si>
     <t>Elec</t>
   </si>
   <si>
     <t>✔</t>
   </si>
   <si>
-    <t>Vaarnewijkstraat 17</t>
-[...2 lines deleted...]
-    <t>HARELBEKE</t>
+    <t>President Kennedypark 8A</t>
+  </si>
+  <si>
+    <t>COURTRAI</t>
   </si>
   <si>
     <t>Belgien</t>
   </si>
   <si>
     <t>info@aspiravi.com</t>
   </si>
   <si>
     <t>https://www.aspiravi.com/fr/contact/</t>
   </si>
   <si>
     <t>+32 (0)56 70 27 36</t>
   </si>
   <si>
     <t>BOLT ENERGIE BV</t>
   </si>
   <si>
     <t>Elec, Gaz</t>
   </si>
   <si>
     <t>Avenue Saint Lazare 4-10</t>
   </si>
   <si>
     <t>SINT-JOOST-TEN-NOODE</t>
   </si>
@@ -254,51 +254,51 @@
   <si>
     <t>https://www.octaplus.be/fr/</t>
   </si>
   <si>
     <t>+32 (0)2 851 02 52</t>
   </si>
   <si>
     <t>POWER ONLINE SA (MEGA)</t>
   </si>
   <si>
     <t>Rue Natalis 2</t>
   </si>
   <si>
     <t>LIEGE</t>
   </si>
   <si>
     <t>info@mega.be</t>
   </si>
   <si>
     <t>http://www.mega.be/</t>
   </si>
   <si>
     <t>+32 (0)4 268 20 00</t>
   </si>
   <si>
-    <t>SOLARBUILD SRL (ENERGYVISION)</t>
+    <t>SOLARBUILD 7 SRL (ENERGYVISION)</t>
   </si>
   <si>
     <t>Avenue du Laarbeek 74</t>
   </si>
   <si>
     <t>https://www.energyvision.be/fr-be/a-propos-de-nous/contact</t>
   </si>
   <si>
     <t>+32 (0) 2 411 90 47</t>
   </si>
   <si>
     <t>TOTALENERGIES POWER &amp; GAS BELGIUM SA</t>
   </si>
   <si>
     <t>Rue Saint-Laurent 54</t>
   </si>
   <si>
     <t>support@totalenergies.be</t>
   </si>
   <si>
     <t>https://totalenergies.be/fr/particuliers</t>
   </si>
   <si>
     <t>+32 (0)78 48 64 64</t>
   </si>
@@ -701,51 +701,51 @@
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="2" spans="1:12">
       <c r="A2" t="s">
         <v>12</v>
       </c>
       <c r="B2"/>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>14</v>
       </c>
       <c r="E2" t="s">
         <v>15</v>
       </c>
       <c r="F2">
-        <v>8530</v>
+        <v>8500</v>
       </c>
       <c r="G2" t="s">
         <v>16</v>
       </c>
       <c r="H2" t="s">
         <v>17</v>
       </c>
       <c r="I2" t="s">
         <v>18</v>
       </c>
       <c r="J2"/>
       <c r="K2" t="s">
         <v>19</v>
       </c>
       <c r="L2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="3" spans="1:12">
       <c r="A3" t="s">
         <v>21</v>
       </c>
       <c r="B3"/>
       <c r="C3" t="s">
         <v>22</v>