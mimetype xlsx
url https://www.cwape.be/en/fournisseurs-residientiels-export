--- v2 (2026-01-28)
+++ v3 (2026-02-17)
@@ -59,54 +59,54 @@
   <si>
     <t>Pays</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Formulaire de contact</t>
   </si>
   <si>
     <t>Site web</t>
   </si>
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>ASPIRAVI ENERGY NV</t>
   </si>
   <si>
     <t>Elec</t>
   </si>
   <si>
     <t>✔</t>
   </si>
   <si>
-    <t>Vaarnewijkstraat 17</t>
-[...2 lines deleted...]
-    <t>HARELBEKE</t>
+    <t>President Kennedypark 8A</t>
+  </si>
+  <si>
+    <t>COURTRAI</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>info@aspiravi.com</t>
   </si>
   <si>
     <t>https://www.aspiravi.com/fr/contact/</t>
   </si>
   <si>
     <t>+32 (0)56 70 27 36</t>
   </si>
   <si>
     <t>BOLT ENERGIE BV</t>
   </si>
   <si>
     <t>Elec, Gaz</t>
   </si>
   <si>
     <t>Avenue Saint Lazare 4-10</t>
   </si>
   <si>
     <t>SINT-JOOST-TEN-NOODE</t>
   </si>
@@ -254,51 +254,51 @@
   <si>
     <t>https://www.octaplus.be/fr/</t>
   </si>
   <si>
     <t>+32 (0)2 851 02 52</t>
   </si>
   <si>
     <t>POWER ONLINE SA (MEGA)</t>
   </si>
   <si>
     <t>Rue Natalis 2</t>
   </si>
   <si>
     <t>LIEGE</t>
   </si>
   <si>
     <t>info@mega.be</t>
   </si>
   <si>
     <t>http://www.mega.be/</t>
   </si>
   <si>
     <t>+32 (0)4 268 20 00</t>
   </si>
   <si>
-    <t>SOLARBUILD SRL (ENERGYVISION)</t>
+    <t>SOLARBUILD 7 SRL (ENERGYVISION)</t>
   </si>
   <si>
     <t>Avenue du Laarbeek 74</t>
   </si>
   <si>
     <t>https://www.energyvision.be/fr-be/a-propos-de-nous/contact</t>
   </si>
   <si>
     <t>+32 (0) 2 411 90 47</t>
   </si>
   <si>
     <t>TOTALENERGIES POWER &amp; GAS BELGIUM SA</t>
   </si>
   <si>
     <t>Rue Saint-Laurent 54</t>
   </si>
   <si>
     <t>support@totalenergies.be</t>
   </si>
   <si>
     <t>https://totalenergies.be/fr/particuliers</t>
   </si>
   <si>
     <t>+32 (0)78 48 64 64</t>
   </si>
@@ -701,51 +701,51 @@
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="2" spans="1:12">
       <c r="A2" t="s">
         <v>12</v>
       </c>
       <c r="B2"/>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>14</v>
       </c>
       <c r="E2" t="s">
         <v>15</v>
       </c>
       <c r="F2">
-        <v>8530</v>
+        <v>8500</v>
       </c>
       <c r="G2" t="s">
         <v>16</v>
       </c>
       <c r="H2" t="s">
         <v>17</v>
       </c>
       <c r="I2" t="s">
         <v>18</v>
       </c>
       <c r="J2"/>
       <c r="K2" t="s">
         <v>19</v>
       </c>
       <c r="L2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="3" spans="1:12">
       <c r="A3" t="s">
         <v>21</v>
       </c>
       <c r="B3"/>
       <c r="C3" t="s">
         <v>22</v>